--- v0 (2025-10-29)
+++ v1 (2025-12-18)
@@ -10,97 +10,301 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="305" uniqueCount="189">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="420" uniqueCount="255">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Abertura</t>
   </si>
   <si>
     <t>Horário (hh:mm)</t>
   </si>
   <si>
     <t>Encerramento</t>
   </si>
   <si>
     <t>Título</t>
   </si>
   <si>
+    <t>1266</t>
+  </si>
+  <si>
+    <t>2025-12-30</t>
+  </si>
+  <si>
+    <t>14:00</t>
+  </si>
+  <si>
+    <t>8ª Reunião Especial da 1ª Sessão Legislativa da 20ª Legislatura</t>
+  </si>
+  <si>
+    <t>1268</t>
+  </si>
+  <si>
+    <t>2025-12-22</t>
+  </si>
+  <si>
+    <t>47ª Reunião Ordinária da 1ª Sessão Legislativa da 20ª Legislatura</t>
+  </si>
+  <si>
+    <t>1258</t>
+  </si>
+  <si>
+    <t>2025-12-17</t>
+  </si>
+  <si>
+    <t>19:00</t>
+  </si>
+  <si>
+    <t>7ª Reunião Especial da 1ª Sessão Legislativa da 20ª Legislatura</t>
+  </si>
+  <si>
+    <t>1267</t>
+  </si>
+  <si>
+    <t>2025-12-15</t>
+  </si>
+  <si>
+    <t>46ª Reunião Ordinária da 1ª Sessão Legislativa da 20ª Legislatura</t>
+  </si>
+  <si>
+    <t>1265</t>
+  </si>
+  <si>
+    <t>2025-12-12</t>
+  </si>
+  <si>
+    <t>17ª Reunião Solene da 1ª Sessão Legislativa da 20ª Legislatura</t>
+  </si>
+  <si>
+    <t>1264</t>
+  </si>
+  <si>
+    <t>2025-12-11</t>
+  </si>
+  <si>
+    <t>16ª Reunião Solene da 1ª Sessão Legislativa da 20ª Legislatura</t>
+  </si>
+  <si>
+    <t>1263</t>
+  </si>
+  <si>
+    <t>2025-12-10</t>
+  </si>
+  <si>
+    <t>15ª Reunião Solene da 1ª Sessão Legislativa da 20ª Legislatura</t>
+  </si>
+  <si>
+    <t>1262</t>
+  </si>
+  <si>
+    <t>2025-12-09</t>
+  </si>
+  <si>
+    <t>45ª Reunião Ordinária da 1ª Sessão Legislativa da 20ª Legislatura</t>
+  </si>
+  <si>
+    <t>1257</t>
+  </si>
+  <si>
+    <t>2025-12-04</t>
+  </si>
+  <si>
+    <t>14ª Reunião Solene da 1ª Sessão Legislativa da 20ª Legislatura</t>
+  </si>
+  <si>
+    <t>1261</t>
+  </si>
+  <si>
+    <t>13:00</t>
+  </si>
+  <si>
+    <t>8ª Reunião Extraordinária da 1ª Sessão Legislativa da 20ª Legislatura</t>
+  </si>
+  <si>
+    <t>1256</t>
+  </si>
+  <si>
+    <t>2025-12-03</t>
+  </si>
+  <si>
+    <t>13ª Reunião Solene da 1ª Sessão Legislativa da 20ª Legislatura</t>
+  </si>
+  <si>
+    <t>1260</t>
+  </si>
+  <si>
+    <t>2025-12-01</t>
+  </si>
+  <si>
+    <t>18:00</t>
+  </si>
+  <si>
+    <t>12ª Reunião Solene da 1ª Sessão Legislativa da 20ª Legislatura</t>
+  </si>
+  <si>
+    <t>1259</t>
+  </si>
+  <si>
+    <t>44ª Reunião Ordinária da 1ª Sessão Legislativa da 20ª Legislatura</t>
+  </si>
+  <si>
+    <t>1255</t>
+  </si>
+  <si>
+    <t>2025-11-28</t>
+  </si>
+  <si>
+    <t>11ª Reunião Solene da 1ª Sessão Legislativa da 20ª Legislatura</t>
+  </si>
+  <si>
+    <t>1254</t>
+  </si>
+  <si>
+    <t>2025-11-24</t>
+  </si>
+  <si>
+    <t>43ª Reunião Ordinária da 1ª Sessão Legislativa da 20ª Legislatura</t>
+  </si>
+  <si>
+    <t>1249</t>
+  </si>
+  <si>
+    <t>2025-11-19</t>
+  </si>
+  <si>
+    <t>10ª Reunião Solene da 1ª Sessão Legislativa da 20ª Legislatura</t>
+  </si>
+  <si>
+    <t>1253</t>
+  </si>
+  <si>
+    <t>42ª Reunião Ordinária/Continuação da 1ª Sessão Legislativa da 20ª Legislatura</t>
+  </si>
+  <si>
+    <t>1251</t>
+  </si>
+  <si>
+    <t>2025-11-18</t>
+  </si>
+  <si>
+    <t>9ª Reunião Solene da 1ª Sessão Legislativa da 20ª Legislatura</t>
+  </si>
+  <si>
+    <t>1252</t>
+  </si>
+  <si>
+    <t>2025-11-17</t>
+  </si>
+  <si>
+    <t>42ª Reunião Ordinária da 1ª Sessão Legislativa da 20ª Legislatura</t>
+  </si>
+  <si>
+    <t>1248</t>
+  </si>
+  <si>
+    <t>2025-11-13</t>
+  </si>
+  <si>
+    <t>8ª Reunião Solene da 1ª Sessão Legislativa da 20ª Legislatura</t>
+  </si>
+  <si>
+    <t>1247</t>
+  </si>
+  <si>
+    <t>2025-11-10</t>
+  </si>
+  <si>
+    <t>41ª Reunião Ordinária da 1ª Sessão Legislativa da 20ª Legislatura</t>
+  </si>
+  <si>
+    <t>1246</t>
+  </si>
+  <si>
+    <t>2025-11-06</t>
+  </si>
+  <si>
+    <t>7ª Reunião Solene da 1ª Sessão Legislativa da 20ª Legislatura</t>
+  </si>
+  <si>
+    <t>1245</t>
+  </si>
+  <si>
+    <t>2025-11-03</t>
+  </si>
+  <si>
+    <t>40ª Reunião Ordinária da 1ª Sessão Legislativa da 20ª Legislatura</t>
+  </si>
+  <si>
     <t>1244</t>
   </si>
   <si>
     <t>2025-10-28</t>
   </si>
   <si>
-    <t>14:00</t>
-[...1 lines deleted...]
-  <si>
     <t>39ª Reunião Ordinária da 1ª Sessão Legislativa da 20ª Legislatura</t>
   </si>
   <si>
     <t>1242</t>
   </si>
   <si>
     <t>2025-10-20</t>
   </si>
   <si>
     <t>38ª Reunião Ordinária da 1ª Sessão Legislativa da 20ª Legislatura</t>
   </si>
   <si>
     <t>1240</t>
   </si>
   <si>
     <t>2025-10-17</t>
   </si>
   <si>
-    <t>19:00</t>
-[...1 lines deleted...]
-  <si>
     <t>6ª Reunião Especial da 1ª Sessão Legislativa da 20ª Legislatura</t>
   </si>
   <si>
     <t>1241</t>
   </si>
   <si>
     <t>2025-10-16</t>
   </si>
   <si>
     <t>12:00</t>
   </si>
   <si>
     <t>5ª Reunião Especial da 1ª Sessão Legislativa da 20ª Legislatura</t>
   </si>
   <si>
     <t>1239</t>
   </si>
   <si>
     <t>2025-10-13</t>
   </si>
   <si>
     <t>37ª Reunião Ordinária da 1ª Sessão Legislativa da 20ª Legislatura</t>
   </si>
   <si>
     <t>1237</t>
@@ -132,72 +336,66 @@
   <si>
     <t>1233</t>
   </si>
   <si>
     <t>2025-09-08</t>
   </si>
   <si>
     <t>32ª Reunião Ordinária da 1ª Sessão Legislativa da 20ª Legislatura</t>
   </si>
   <si>
     <t>1232</t>
   </si>
   <si>
     <t>2025-09-01</t>
   </si>
   <si>
     <t>31ª Reunião Ordinária da 1ª Sessão Legislativa da 20ª Legislatura</t>
   </si>
   <si>
     <t>1231</t>
   </si>
   <si>
     <t>2025-08-25</t>
   </si>
   <si>
-    <t>18:00</t>
-[...1 lines deleted...]
-  <si>
     <t>30ª Reunião Ordinária da 1ª Sessão Legislativa da 20ª Legislatura</t>
   </si>
   <si>
     <t>1230</t>
   </si>
   <si>
     <t>2025-08-18</t>
   </si>
   <si>
     <t>29ª Reunião Ordinária da 1ª Sessão Legislativa da 20ª Legislatura</t>
   </si>
   <si>
     <t>1229</t>
   </si>
   <si>
     <t>2025-08-13</t>
-  </si>
-[...1 lines deleted...]
-    <t>13:00</t>
   </si>
   <si>
     <t>7ª Reunião Extraordinária da 1ª Sessão Legislativa da 20ª Legislatura</t>
   </si>
   <si>
     <t>1228</t>
   </si>
   <si>
     <t>2025-08-11</t>
   </si>
   <si>
     <t>28ª Reunião Ordinária da 1ª Sessão Legislativa da 20ª Legislatura</t>
   </si>
   <si>
     <t>1227</t>
   </si>
   <si>
     <t>2025-08-04</t>
   </si>
   <si>
     <t>27ª Reunião Ordinária da 1ª Sessão Legislativa da 20ª Legislatura</t>
   </si>
   <si>
     <t>1226</t>
   </si>
@@ -912,62 +1110,62 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F61"/>
+  <dimension ref="A1:F84"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="5" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="10.42578125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="13.42578125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.85546875" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="61.5703125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="70.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>2</v>
       </c>
       <c r="F1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>5</v>
@@ -1005,1006 +1203,1397 @@
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>12</v>
       </c>
       <c r="B4" t="s">
         <v>13</v>
       </c>
       <c r="C4" t="s">
         <v>14</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="F4" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
         <v>16</v>
       </c>
       <c r="B5" t="s">
         <v>17</v>
       </c>
       <c r="C5" t="s">
-        <v>18</v>
+        <v>7</v>
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
       <c r="F5" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
+        <v>19</v>
+      </c>
+      <c r="B6" t="s">
         <v>20</v>
       </c>
-      <c r="B6" t="s">
+      <c r="C6" t="s">
+        <v>14</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
         <v>21</v>
-      </c>
-[...7 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
+        <v>22</v>
+      </c>
+      <c r="B7" t="s">
         <v>23</v>
       </c>
-      <c r="B7" t="s">
+      <c r="C7" t="s">
+        <v>14</v>
+      </c>
+      <c r="D7" t="s">
+        <v>23</v>
+      </c>
+      <c r="F7" t="s">
         <v>24</v>
-      </c>
-[...7 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
+        <v>25</v>
+      </c>
+      <c r="B8" t="s">
         <v>26</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8" t="s">
+        <v>14</v>
+      </c>
+      <c r="D8" t="s">
+        <v>26</v>
+      </c>
+      <c r="F8" t="s">
         <v>27</v>
-      </c>
-[...7 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
+        <v>28</v>
+      </c>
+      <c r="B9" t="s">
         <v>29</v>
       </c>
-      <c r="B9" t="s">
+      <c r="C9" t="s">
+        <v>7</v>
+      </c>
+      <c r="D9" t="s">
+        <v>29</v>
+      </c>
+      <c r="F9" t="s">
         <v>30</v>
-      </c>
-[...7 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
+        <v>31</v>
+      </c>
+      <c r="B10" t="s">
         <v>32</v>
       </c>
-      <c r="B10" t="s">
+      <c r="C10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D10" t="s">
+        <v>32</v>
+      </c>
+      <c r="F10" t="s">
         <v>33</v>
-      </c>
-[...7 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
+        <v>34</v>
+      </c>
+      <c r="B11" t="s">
+        <v>32</v>
+      </c>
+      <c r="C11" t="s">
         <v>35</v>
       </c>
-      <c r="B11" t="s">
+      <c r="D11" t="s">
+        <v>32</v>
+      </c>
+      <c r="F11" t="s">
         <v>36</v>
-      </c>
-[...7 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
+        <v>37</v>
+      </c>
+      <c r="B12" t="s">
         <v>38</v>
       </c>
-      <c r="B12" t="s">
+      <c r="C12" t="s">
+        <v>14</v>
+      </c>
+      <c r="D12" t="s">
+        <v>38</v>
+      </c>
+      <c r="F12" t="s">
         <v>39</v>
-      </c>
-[...7 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
+        <v>40</v>
+      </c>
+      <c r="B13" t="s">
+        <v>41</v>
+      </c>
+      <c r="C13" t="s">
         <v>42</v>
       </c>
-      <c r="B13" t="s">
+      <c r="D13" t="s">
+        <v>41</v>
+      </c>
+      <c r="F13" t="s">
         <v>43</v>
-      </c>
-[...7 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
+        <v>44</v>
+      </c>
+      <c r="B14" t="s">
+        <v>41</v>
+      </c>
+      <c r="C14" t="s">
+        <v>7</v>
+      </c>
+      <c r="D14" t="s">
+        <v>41</v>
+      </c>
+      <c r="F14" t="s">
         <v>45</v>
-      </c>
-[...10 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="B15" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="C15" t="s">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="D15" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="F15" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="B16" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="C16" t="s">
         <v>7</v>
       </c>
       <c r="D16" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="F16" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="B17" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="C17" t="s">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="D17" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="F17" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="B18" t="s">
-        <v>59</v>
+        <v>53</v>
       </c>
       <c r="C18" t="s">
-        <v>47</v>
+        <v>7</v>
       </c>
       <c r="D18" t="s">
-        <v>59</v>
+        <v>53</v>
       </c>
       <c r="F18" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="B19" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="C19" t="s">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="D19" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="F19" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="B20" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="C20" t="s">
         <v>7</v>
       </c>
       <c r="D20" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="F20" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="B21" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="C21" t="s">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="D21" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="F21" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="B22" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="C22" t="s">
         <v>7</v>
       </c>
       <c r="D22" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="F22" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="B23" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="C23" t="s">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="D23" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="F23" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="B24" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="C24" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="D24" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="F24" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="B25" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="C25" t="s">
         <v>7</v>
       </c>
       <c r="D25" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="F25" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="B26" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="C26" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="D26" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="F26" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="B27" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="C27" t="s">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="D27" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="F27" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="B28" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="C28" t="s">
-        <v>7</v>
+        <v>86</v>
       </c>
       <c r="D28" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="F28" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="B29" t="s">
         <v>89</v>
       </c>
       <c r="C29" t="s">
         <v>7</v>
       </c>
       <c r="D29" t="s">
         <v>89</v>
       </c>
       <c r="F29" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" t="s">
+        <v>91</v>
+      </c>
+      <c r="B30" t="s">
+        <v>92</v>
+      </c>
+      <c r="C30" t="s">
+        <v>7</v>
+      </c>
+      <c r="D30" t="s">
+        <v>92</v>
+      </c>
+      <c r="F30" t="s">
         <v>93</v>
-      </c>
-[...10 lines deleted...]
-        <v>95</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" t="s">
+        <v>94</v>
+      </c>
+      <c r="B31" t="s">
+        <v>95</v>
+      </c>
+      <c r="C31" t="s">
+        <v>7</v>
+      </c>
+      <c r="D31" t="s">
+        <v>95</v>
+      </c>
+      <c r="F31" t="s">
         <v>96</v>
-      </c>
-[...10 lines deleted...]
-        <v>98</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" t="s">
+        <v>97</v>
+      </c>
+      <c r="B32" t="s">
+        <v>98</v>
+      </c>
+      <c r="C32" t="s">
+        <v>7</v>
+      </c>
+      <c r="D32" t="s">
+        <v>98</v>
+      </c>
+      <c r="F32" t="s">
         <v>99</v>
-      </c>
-[...10 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" t="s">
+        <v>100</v>
+      </c>
+      <c r="B33" t="s">
+        <v>101</v>
+      </c>
+      <c r="C33" t="s">
+        <v>7</v>
+      </c>
+      <c r="D33" t="s">
+        <v>101</v>
+      </c>
+      <c r="F33" t="s">
         <v>102</v>
-      </c>
-[...10 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" t="s">
+        <v>103</v>
+      </c>
+      <c r="B34" t="s">
+        <v>104</v>
+      </c>
+      <c r="C34" t="s">
+        <v>7</v>
+      </c>
+      <c r="D34" t="s">
+        <v>104</v>
+      </c>
+      <c r="F34" t="s">
         <v>105</v>
-      </c>
-[...10 lines deleted...]
-        <v>107</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" t="s">
+        <v>106</v>
+      </c>
+      <c r="B35" t="s">
+        <v>107</v>
+      </c>
+      <c r="C35" t="s">
+        <v>42</v>
+      </c>
+      <c r="D35" t="s">
+        <v>107</v>
+      </c>
+      <c r="F35" t="s">
         <v>108</v>
-      </c>
-[...10 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" t="s">
+        <v>109</v>
+      </c>
+      <c r="B36" t="s">
+        <v>110</v>
+      </c>
+      <c r="C36" t="s">
+        <v>7</v>
+      </c>
+      <c r="D36" t="s">
+        <v>110</v>
+      </c>
+      <c r="F36" t="s">
         <v>111</v>
-      </c>
-[...10 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" t="s">
+        <v>112</v>
+      </c>
+      <c r="B37" t="s">
+        <v>113</v>
+      </c>
+      <c r="C37" t="s">
+        <v>35</v>
+      </c>
+      <c r="D37" t="s">
+        <v>113</v>
+      </c>
+      <c r="F37" t="s">
         <v>114</v>
-      </c>
-[...10 lines deleted...]
-        <v>117</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="B38" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="C38" t="s">
         <v>7</v>
       </c>
       <c r="D38" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="F38" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="B39" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="C39" t="s">
         <v>7</v>
       </c>
       <c r="D39" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="F39" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="B40" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="C40" t="s">
         <v>7</v>
       </c>
       <c r="D40" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="F40" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="B41" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="C41" t="s">
-        <v>116</v>
+        <v>35</v>
       </c>
       <c r="D41" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="F41" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="B42" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="C42" t="s">
         <v>7</v>
       </c>
       <c r="D42" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="F42" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="B43" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="C43" t="s">
         <v>7</v>
       </c>
       <c r="D43" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="F43" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="B44" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="C44" t="s">
-        <v>116</v>
+        <v>7</v>
       </c>
       <c r="D44" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="F44" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="B45" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="C45" t="s">
         <v>7</v>
       </c>
       <c r="D45" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="F45" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="B46" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="C46" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="D46" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="F46" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="B47" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="C47" t="s">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="D47" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="F47" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="B48" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="C48" t="s">
         <v>7</v>
       </c>
       <c r="D48" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="F48" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="B49" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="C49" t="s">
-        <v>116</v>
+        <v>14</v>
       </c>
       <c r="D49" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="F49" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="B50" t="s">
         <v>152</v>
       </c>
       <c r="C50" t="s">
         <v>7</v>
       </c>
       <c r="D50" t="s">
         <v>152</v>
       </c>
       <c r="F50" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" t="s">
+        <v>154</v>
+      </c>
+      <c r="B51" t="s">
+        <v>155</v>
+      </c>
+      <c r="C51" t="s">
+        <v>7</v>
+      </c>
+      <c r="D51" t="s">
+        <v>155</v>
+      </c>
+      <c r="F51" t="s">
         <v>156</v>
-      </c>
-[...10 lines deleted...]
-        <v>158</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="B52" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="C52" t="s">
         <v>7</v>
       </c>
       <c r="D52" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="F52" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="B53" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="C53" t="s">
         <v>7</v>
       </c>
       <c r="D53" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="F53" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="B54" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="C54" t="s">
         <v>7</v>
       </c>
       <c r="D54" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="F54" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="B55" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="C55" t="s">
-        <v>7</v>
+        <v>42</v>
       </c>
       <c r="D55" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="F55" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="B56" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="C56" t="s">
         <v>7</v>
       </c>
       <c r="D56" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="F56" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="B57" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="C57" t="s">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="D57" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="F57" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="B58" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="C58" t="s">
-        <v>7</v>
+        <v>42</v>
       </c>
       <c r="D58" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="F58" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="B59" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="C59" t="s">
         <v>7</v>
       </c>
       <c r="D59" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="F59" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" t="s">
+        <v>180</v>
+      </c>
+      <c r="B60" t="s">
+        <v>181</v>
+      </c>
+      <c r="C60" t="s">
+        <v>182</v>
+      </c>
+      <c r="D60" t="s">
+        <v>181</v>
+      </c>
+      <c r="F60" t="s">
         <v>183</v>
-      </c>
-[...7 lines deleted...]
-        <v>186</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" t="s">
+        <v>184</v>
+      </c>
+      <c r="B61" t="s">
+        <v>185</v>
+      </c>
+      <c r="C61" t="s">
+        <v>7</v>
+      </c>
+      <c r="D61" t="s">
+        <v>185</v>
+      </c>
+      <c r="F61" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="62" spans="1:6">
+      <c r="A62" t="s">
         <v>187</v>
       </c>
-      <c r="B61" t="s">
-[...8 lines deleted...]
-      <c r="F61" t="s">
+      <c r="B62" t="s">
         <v>188</v>
+      </c>
+      <c r="C62" t="s">
+        <v>7</v>
+      </c>
+      <c r="D62" t="s">
+        <v>188</v>
+      </c>
+      <c r="F62" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="63" spans="1:6">
+      <c r="A63" t="s">
+        <v>190</v>
+      </c>
+      <c r="B63" t="s">
+        <v>191</v>
+      </c>
+      <c r="C63" t="s">
+        <v>7</v>
+      </c>
+      <c r="D63" t="s">
+        <v>191</v>
+      </c>
+      <c r="F63" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="64" spans="1:6">
+      <c r="A64" t="s">
+        <v>193</v>
+      </c>
+      <c r="B64" t="s">
+        <v>194</v>
+      </c>
+      <c r="C64" t="s">
+        <v>182</v>
+      </c>
+      <c r="D64" t="s">
+        <v>194</v>
+      </c>
+      <c r="F64" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="65" spans="1:6">
+      <c r="A65" t="s">
+        <v>196</v>
+      </c>
+      <c r="B65" t="s">
+        <v>197</v>
+      </c>
+      <c r="C65" t="s">
+        <v>7</v>
+      </c>
+      <c r="D65" t="s">
+        <v>197</v>
+      </c>
+      <c r="F65" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="66" spans="1:6">
+      <c r="A66" t="s">
+        <v>199</v>
+      </c>
+      <c r="B66" t="s">
+        <v>200</v>
+      </c>
+      <c r="C66" t="s">
+        <v>7</v>
+      </c>
+      <c r="D66" t="s">
+        <v>200</v>
+      </c>
+      <c r="F66" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="67" spans="1:6">
+      <c r="A67" t="s">
+        <v>202</v>
+      </c>
+      <c r="B67" t="s">
+        <v>203</v>
+      </c>
+      <c r="C67" t="s">
+        <v>182</v>
+      </c>
+      <c r="D67" t="s">
+        <v>203</v>
+      </c>
+      <c r="F67" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="68" spans="1:6">
+      <c r="A68" t="s">
+        <v>205</v>
+      </c>
+      <c r="B68" t="s">
+        <v>206</v>
+      </c>
+      <c r="C68" t="s">
+        <v>7</v>
+      </c>
+      <c r="D68" t="s">
+        <v>206</v>
+      </c>
+      <c r="F68" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="69" spans="1:6">
+      <c r="A69" t="s">
+        <v>208</v>
+      </c>
+      <c r="B69" t="s">
+        <v>209</v>
+      </c>
+      <c r="C69" t="s">
+        <v>14</v>
+      </c>
+      <c r="D69" t="s">
+        <v>209</v>
+      </c>
+      <c r="F69" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="70" spans="1:6">
+      <c r="A70" t="s">
+        <v>211</v>
+      </c>
+      <c r="B70" t="s">
+        <v>212</v>
+      </c>
+      <c r="C70" t="s">
+        <v>7</v>
+      </c>
+      <c r="D70" t="s">
+        <v>212</v>
+      </c>
+      <c r="F70" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="71" spans="1:6">
+      <c r="A71" t="s">
+        <v>214</v>
+      </c>
+      <c r="B71" t="s">
+        <v>215</v>
+      </c>
+      <c r="C71" t="s">
+        <v>7</v>
+      </c>
+      <c r="D71" t="s">
+        <v>215</v>
+      </c>
+      <c r="F71" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="72" spans="1:6">
+      <c r="A72" t="s">
+        <v>217</v>
+      </c>
+      <c r="B72" t="s">
+        <v>218</v>
+      </c>
+      <c r="C72" t="s">
+        <v>182</v>
+      </c>
+      <c r="D72" t="s">
+        <v>218</v>
+      </c>
+      <c r="F72" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="73" spans="1:6">
+      <c r="A73" t="s">
+        <v>220</v>
+      </c>
+      <c r="B73" t="s">
+        <v>218</v>
+      </c>
+      <c r="C73" t="s">
+        <v>7</v>
+      </c>
+      <c r="D73" t="s">
+        <v>218</v>
+      </c>
+      <c r="F73" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="74" spans="1:6">
+      <c r="A74" t="s">
+        <v>222</v>
+      </c>
+      <c r="B74" t="s">
+        <v>223</v>
+      </c>
+      <c r="C74" t="s">
+        <v>182</v>
+      </c>
+      <c r="D74" t="s">
+        <v>223</v>
+      </c>
+      <c r="F74" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="75" spans="1:6">
+      <c r="A75" t="s">
+        <v>225</v>
+      </c>
+      <c r="B75" t="s">
+        <v>226</v>
+      </c>
+      <c r="C75" t="s">
+        <v>7</v>
+      </c>
+      <c r="D75" t="s">
+        <v>226</v>
+      </c>
+      <c r="F75" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="76" spans="1:6">
+      <c r="A76" t="s">
+        <v>228</v>
+      </c>
+      <c r="B76" t="s">
+        <v>229</v>
+      </c>
+      <c r="C76" t="s">
+        <v>7</v>
+      </c>
+      <c r="D76" t="s">
+        <v>229</v>
+      </c>
+      <c r="F76" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="77" spans="1:6">
+      <c r="A77" t="s">
+        <v>231</v>
+      </c>
+      <c r="B77" t="s">
+        <v>232</v>
+      </c>
+      <c r="C77" t="s">
+        <v>7</v>
+      </c>
+      <c r="D77" t="s">
+        <v>232</v>
+      </c>
+      <c r="F77" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="78" spans="1:6">
+      <c r="A78" t="s">
+        <v>234</v>
+      </c>
+      <c r="B78" t="s">
+        <v>235</v>
+      </c>
+      <c r="C78" t="s">
+        <v>7</v>
+      </c>
+      <c r="D78" t="s">
+        <v>235</v>
+      </c>
+      <c r="F78" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="79" spans="1:6">
+      <c r="A79" t="s">
+        <v>237</v>
+      </c>
+      <c r="B79" t="s">
+        <v>238</v>
+      </c>
+      <c r="C79" t="s">
+        <v>7</v>
+      </c>
+      <c r="D79" t="s">
+        <v>238</v>
+      </c>
+      <c r="F79" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="80" spans="1:6">
+      <c r="A80" t="s">
+        <v>240</v>
+      </c>
+      <c r="B80" t="s">
+        <v>241</v>
+      </c>
+      <c r="C80" t="s">
+        <v>7</v>
+      </c>
+      <c r="D80" t="s">
+        <v>241</v>
+      </c>
+      <c r="F80" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="81" spans="1:6">
+      <c r="A81" t="s">
+        <v>243</v>
+      </c>
+      <c r="B81" t="s">
+        <v>244</v>
+      </c>
+      <c r="C81" t="s">
+        <v>7</v>
+      </c>
+      <c r="D81" t="s">
+        <v>244</v>
+      </c>
+      <c r="F81" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="82" spans="1:6">
+      <c r="A82" t="s">
+        <v>246</v>
+      </c>
+      <c r="B82" t="s">
+        <v>247</v>
+      </c>
+      <c r="C82" t="s">
+        <v>7</v>
+      </c>
+      <c r="D82" t="s">
+        <v>247</v>
+      </c>
+      <c r="F82" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="83" spans="1:6">
+      <c r="A83" t="s">
+        <v>249</v>
+      </c>
+      <c r="B83" t="s">
+        <v>250</v>
+      </c>
+      <c r="C83" t="s">
+        <v>251</v>
+      </c>
+      <c r="F83" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="84" spans="1:6">
+      <c r="A84" t="s">
+        <v>253</v>
+      </c>
+      <c r="B84" t="s">
+        <v>250</v>
+      </c>
+      <c r="C84" t="s">
+        <v>251</v>
+      </c>
+      <c r="D84" t="s">
+        <v>250</v>
+      </c>
+      <c r="F84" t="s">
+        <v>254</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>